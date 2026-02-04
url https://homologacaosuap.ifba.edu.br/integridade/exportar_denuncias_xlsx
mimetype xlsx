--- v0 (2025-12-14)
+++ v1 (2026-02-04)
@@ -105,51 +105,51 @@
   <si>
     <t>Processo Administrativo Disciplinar (PAD)</t>
   </si>
   <si>
     <t>Não Informado</t>
   </si>
   <si>
     <t>Gordofobia, Racismo, Xenofobia</t>
   </si>
   <si>
     <t>2023-04-11</t>
   </si>
   <si>
     <t>Apta</t>
   </si>
   <si>
     <t>2023-03-28</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>2023-06-19</t>
   </si>
   <si>
-    <t>978</t>
+    <t>1030</t>
   </si>
   <si>
     <t>Fase recursal</t>
   </si>
   <si>
     <t>2024-08-21</t>
   </si>
   <si>
     <t>2024-08-28</t>
   </si>
   <si>
     <t>2024-09-16</t>
   </si>
   <si>
     <t>Pena de Suspensão</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>